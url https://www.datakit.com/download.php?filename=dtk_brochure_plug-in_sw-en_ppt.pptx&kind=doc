--- v0 (2025-10-03)
+++ v1 (2026-01-02)
@@ -1,68 +1,70 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId4"/>
+    <p:notesMasterId r:id="rId5"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
-    <p:sldId id="262" r:id="rId2"/>
-    <p:sldId id="261" r:id="rId3"/>
+    <p:sldId id="264" r:id="rId2"/>
+    <p:sldId id="262" r:id="rId3"/>
+    <p:sldId id="261" r:id="rId4"/>
   </p:sldIdLst>
   <p:sldSz cx="10693400" cy="7562850"/>
   <p:notesSz cx="10693400" cy="7562850"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr kern="0"/>
     </a:defPPr>
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:showPr showNarration="1">
     <p:present/>
     <p:sldAll/>
     <p:penClr>
       <a:prstClr val="red"/>
     </p:penClr>
     <p:extLst>
@@ -126,82 +128,82 @@
             <a:ln>
               <a:noFill/>
             </a:ln>
           </a:bottom>
           <a:insideH>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </a:insideH>
           <a:insideV>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </a:insideV>
         </a:tcBdr>
         <a:fill>
           <a:noFill/>
         </a:fill>
       </a:tcStyle>
     </a:wholeTbl>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="5266"/>
     <p:restoredTop sz="94607"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr>
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="71" d="100"/>
-          <a:sy n="71" d="100"/>
+          <a:sx n="95" d="100"/>
+          <a:sy n="95" d="100"/>
         </p:scale>
-        <p:origin x="1915" y="43"/>
+        <p:origin x="2196" y="84"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="100" d="100"/>
         <a:sy n="100" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
@@ -246,51 +248,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6057900" y="0"/>
             <a:ext cx="4632325" cy="379413"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{0D143EB3-2D03-2849-B448-BCAD4B4536D7}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>12/09/2024</a:t>
+              <a:t>01/12/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé de l'image des diapositives 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3543300" y="946150"/>
             <a:ext cx="3606800" cy="2551113"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -514,51 +516,51 @@
     <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:notesStyle>
 </p:notesMaster>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/notesSlide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Espace réservé de l'image des diapositives 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
@@ -582,51 +584,51 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="fr-FR" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé du numéro de diapositive 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{41E39CB9-9B4F-AE40-8D27-C3E2B098C89E}" type="slidenum">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>2</a:t>
+              <a:t>3</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1517775089"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.datakit.com/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.emf"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.datakit.com/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
@@ -2089,58 +2091,78 @@
               </a:spcBef>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" sz="1200" b="1" spc="-10" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish"/>
                 <a:cs typeface="Mulish"/>
               </a:rPr>
               <a:t>Your</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="1200" b="1" spc="-10" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish"/>
                 <a:cs typeface="Mulish"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr sz="1200" b="1" spc="-10" dirty="0" err="1">
-[...6 lines deleted...]
-              <a:t>Datakit</a:t>
+              <a:rPr sz="1200" b="1" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+                <a:cs typeface="Mulish"/>
+              </a:rPr>
+              <a:t>Dat</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1200" b="1" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+                <a:cs typeface="Mulish"/>
+              </a:rPr>
+              <a:t>a</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1200" b="1" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+                <a:cs typeface="Mulish"/>
+              </a:rPr>
+              <a:t>kit</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="1200" b="1" spc="-10" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish"/>
                 <a:cs typeface="Mulish"/>
               </a:rPr>
               <a:t> reseller</a:t>
             </a:r>
             <a:endParaRPr sz="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1"/>
               </a:solidFill>
               <a:latin typeface="Mulish"/>
               <a:cs typeface="Mulish"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="object 122">
             <a:extLst>
@@ -4092,58 +4114,2204 @@
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
   <p:extLst>
     <p:ext uri="{27BBF7A9-308A-43DC-89C8-2F10F3537804}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
         <p15:guide id="1" pos="2264" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="2" pos="4472" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
   </p:extLst>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.datakit.com/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.datakit.com/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:solutions@datakit.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="ZoneTexte 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{195EEA6F-53EC-BEAC-183F-DEEF1021DDA7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="6143625"/>
+            <a:ext cx="3581400" cy="1103187"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+              </a:rPr>
+              <a:t>Discover </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+              </a:rPr>
+              <a:t>also</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+              </a:rPr>
+              <a:t>our</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+              </a:rPr>
+              <a:t> plugins</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="fr-FR" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+              </a:rPr>
+              <a:t>for Rhino and </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+              </a:rPr>
+              <a:t>our</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+              </a:rPr>
+              <a:t>stand-alone</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+              </a:rPr>
+              <a:t>convertors</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1600" b="1" u="sng" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+              </a:rPr>
+              <a:t>Visit</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1600" b="1" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1600" b="1" u="sng" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+              </a:rPr>
+              <a:t>our</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1600" b="1" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+              </a:rPr>
+              <a:t> web site</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="object 182">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{944E8B2C-CEB8-35A4-5A32-1B0562C3665F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7099300" y="5305425"/>
+            <a:ext cx="3594100" cy="1131079"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="12700" rIns="0" bIns="0" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="12700" marR="5080" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="100"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent3"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish SemiBold" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Mulish-ExtraBold"/>
+              </a:rPr>
+              <a:t>READ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish SemiBold" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Mulish-ExtraBold"/>
+              </a:rPr>
+              <a:t> : CATIA V4 2D, 3D </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent3"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish SemiBold" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Mulish-ExtraBold"/>
+              </a:rPr>
+              <a:t>/ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish SemiBold" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Mulish-ExtraBold"/>
+              </a:rPr>
+              <a:t>CATIA V5 2D, 3D</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="fr-FR" sz="1100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish SemiBold" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Mulish-ExtraBold"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent3"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish SemiBold" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>/</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish SemiBold" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Mulish-ExtraBold"/>
+              </a:rPr>
+              <a:t> CATIA V6, 3DEXPERIENCE </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent3"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish SemiBold" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Mulish-ExtraBold"/>
+              </a:rPr>
+              <a:t> / </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish SemiBold" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Mulish-ExtraBold"/>
+              </a:rPr>
+              <a:t> INVENTOR </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent3"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish SemiBold" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Mulish-ExtraBold"/>
+              </a:rPr>
+              <a:t>/</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish SemiBold" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Mulish-ExtraBold"/>
+              </a:rPr>
+              <a:t> JT</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="fr-FR" sz="1100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish SemiBold" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Mulish-ExtraBold"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent3"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish SemiBold" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Mulish-ExtraBold"/>
+              </a:rPr>
+              <a:t>/</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish SemiBold" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Mulish-ExtraBold"/>
+              </a:rPr>
+              <a:t> PLM </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent3"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish SemiBold" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Mulish-ExtraBold"/>
+              </a:rPr>
+              <a:t>/</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish SemiBold" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Mulish-ExtraBold"/>
+              </a:rPr>
+              <a:t> XML </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent3"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish SemiBold" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Mulish-ExtraBold"/>
+              </a:rPr>
+              <a:t>/</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish SemiBold" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Mulish-ExtraBold"/>
+              </a:rPr>
+              <a:t> PROE CREO PARAMETRIC 3D</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="fr-FR" sz="1100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish SemiBold" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Mulish-ExtraBold"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent3"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish SemiBold" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Mulish-ExtraBold"/>
+              </a:rPr>
+              <a:t>/</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish SemiBold" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Mulish-ExtraBold"/>
+              </a:rPr>
+              <a:t> SOLID EDGE 3D </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent3"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish SemiBold" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Mulish-ExtraBold"/>
+              </a:rPr>
+              <a:t>/</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish SemiBold" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Mulish-ExtraBold"/>
+              </a:rPr>
+              <a:t> UG NX 2D, 3D</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="12700" marR="5080" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="100"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:endParaRPr lang="fr-FR" sz="500" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="accent1"/>
+              </a:solidFill>
+              <a:latin typeface="Mulish SemiBold" pitchFamily="2" charset="77"/>
+              <a:cs typeface="Mulish-ExtraBold"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="12700" marR="5080" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="100"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent3"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish SemiBold" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Mulish-ExtraBold"/>
+              </a:rPr>
+              <a:t>WRITE</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish SemiBold" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Mulish-ExtraBold"/>
+              </a:rPr>
+              <a:t> : CATIA V4 3D </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent3"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish SemiBold" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Mulish-ExtraBold"/>
+              </a:rPr>
+              <a:t>/</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish SemiBold" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Mulish-ExtraBold"/>
+              </a:rPr>
+              <a:t> CATIA V5 3D</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="fr-FR" sz="1100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish SemiBold" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Mulish-ExtraBold"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent3"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish SemiBold" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Mulish-ExtraBold"/>
+              </a:rPr>
+              <a:t>/</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish SemiBold" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Mulish-ExtraBold"/>
+              </a:rPr>
+              <a:t> JT </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent3"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish SemiBold" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Mulish-ExtraBold"/>
+              </a:rPr>
+              <a:t>/</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish SemiBold" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Mulish-ExtraBold"/>
+              </a:rPr>
+              <a:t>  PDF 3D </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent3"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish SemiBold" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Mulish-ExtraBold"/>
+              </a:rPr>
+              <a:t>/ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish SemiBold" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Mulish-ExtraBold"/>
+              </a:rPr>
+              <a:t>UG NX 3D</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="object 182">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{525029BA-5DE5-FF2C-7DC0-45F89C8FE325}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7175500" y="4678073"/>
+            <a:ext cx="3594100" cy="720647"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="12700" rIns="0" bIns="0" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="12700" marR="5080" algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="1760"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="100"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent3"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>Read and </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent3"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>write</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent3"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t> plugins </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="12700" marR="5080" algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="1760"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="100"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent3"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>for </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent3"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>SOLIDWORKS</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1400" b="1" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent3"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+              </a:rPr>
+              <a:t>®</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent3"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent3"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>2010 to 2026</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="12700" marR="5080" algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="1760"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="100"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:endParaRPr lang="fr-FR" sz="1400" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="accent3"/>
+              </a:solidFill>
+              <a:latin typeface="Mulish" pitchFamily="2" charset="77"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="object 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C25098DE-CF1C-E789-5A18-B9DA0C32DC26}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="1346768"/>
+            <a:ext cx="3594100" cy="4054108"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="468000" tIns="14400" rIns="0" bIns="0" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="317500" indent="-317500">
+              <a:lnSpc>
+                <a:spcPts val="1340"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="100"/>
+              </a:spcBef>
+              <a:buSzPct val="150000"/>
+              <a:buBlip>
+                <a:blip r:embed="rId2"/>
+              </a:buBlip>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1250" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+                <a:cs typeface="Mulish"/>
+              </a:rPr>
+              <a:t>Scalable </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1250" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+                <a:cs typeface="Mulish"/>
+              </a:rPr>
+              <a:t>single </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1250" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+                <a:cs typeface="Mulish"/>
+              </a:rPr>
+              <a:t>license</a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" sz="1250" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="accent1"/>
+              </a:solidFill>
+              <a:latin typeface="Mulish"/>
+              <a:cs typeface="Mulish"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPts val="1340"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="100"/>
+              </a:spcBef>
+              <a:buSzPct val="150000"/>
+            </a:pPr>
+            <a:endParaRPr lang="fr-FR" sz="1250" spc="-10" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="accent1"/>
+              </a:solidFill>
+              <a:latin typeface="Mulish"/>
+              <a:cs typeface="Mulish"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="317500" indent="-317500">
+              <a:lnSpc>
+                <a:spcPts val="1340"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="100"/>
+              </a:spcBef>
+              <a:buSzPct val="150000"/>
+              <a:buBlip>
+                <a:blip r:embed="rId2"/>
+              </a:buBlip>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1250" b="1" spc="-10" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+                <a:cs typeface="Mulish"/>
+              </a:rPr>
+              <a:t>Affordable</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1250" b="1" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+                <a:cs typeface="Mulish"/>
+              </a:rPr>
+              <a:t> Bundles </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcBef>
+                <a:spcPts val="100"/>
+              </a:spcBef>
+              <a:buSzPct val="150000"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1250" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+                <a:cs typeface="Mulish"/>
+              </a:rPr>
+              <a:t>CATIA V4 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1250" spc="-10" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+                <a:cs typeface="Mulish"/>
+              </a:rPr>
+              <a:t>read</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1250" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+                <a:cs typeface="Mulish"/>
+              </a:rPr>
+              <a:t> /</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1250" spc="-10" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+                <a:cs typeface="Mulish"/>
+              </a:rPr>
+              <a:t>write</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1250" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+                <a:cs typeface="Mulish"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1250" spc="-40" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+                <a:cs typeface="Mulish"/>
+              </a:rPr>
+              <a:t>SOLIDWORKS</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1250" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+                <a:cs typeface="Mulish"/>
+              </a:rPr>
+              <a:t>® </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcBef>
+                <a:spcPts val="100"/>
+              </a:spcBef>
+              <a:buSzPct val="150000"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1250" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+                <a:cs typeface="Mulish"/>
+              </a:rPr>
+              <a:t>CATIA V4+V5 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1250" spc="-10" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+                <a:cs typeface="Mulish"/>
+              </a:rPr>
+              <a:t>read</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1250" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+                <a:cs typeface="Mulish"/>
+              </a:rPr>
+              <a:t> / </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1250" spc="-10" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+                <a:cs typeface="Mulish"/>
+              </a:rPr>
+              <a:t>write</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1250" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+                <a:cs typeface="Mulish"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1250" spc="-40" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+                <a:cs typeface="Mulish"/>
+              </a:rPr>
+              <a:t>SOLIDWORKS</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1250" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+                <a:cs typeface="Mulish"/>
+              </a:rPr>
+              <a:t>® </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcBef>
+                <a:spcPts val="100"/>
+              </a:spcBef>
+              <a:buSzPct val="150000"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1250" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+                <a:cs typeface="Mulish"/>
+              </a:rPr>
+              <a:t>CATIA V4+V5 to </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1250" spc="-40" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+                <a:cs typeface="Mulish"/>
+              </a:rPr>
+              <a:t>SOLIDWORKS</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1250" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+                <a:cs typeface="Mulish"/>
+              </a:rPr>
+              <a:t>® </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcBef>
+                <a:spcPts val="100"/>
+              </a:spcBef>
+              <a:buSzPct val="150000"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1250" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+                <a:cs typeface="Mulish"/>
+              </a:rPr>
+              <a:t>CATIA V4+V5+V6 to </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1250" spc="-40" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+                <a:cs typeface="Mulish"/>
+              </a:rPr>
+              <a:t>SOLIDWORKS</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1250" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+                <a:cs typeface="Mulish"/>
+              </a:rPr>
+              <a:t>® </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcBef>
+                <a:spcPts val="100"/>
+              </a:spcBef>
+              <a:buSzPct val="150000"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1250" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+                <a:cs typeface="Mulish"/>
+              </a:rPr>
+              <a:t>CATIA V5 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1250" spc="-10" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+                <a:cs typeface="Mulish"/>
+              </a:rPr>
+              <a:t>read</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1250" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+                <a:cs typeface="Mulish"/>
+              </a:rPr>
+              <a:t> / </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1250" spc="-10" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+                <a:cs typeface="Mulish"/>
+              </a:rPr>
+              <a:t>write</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1250" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+                <a:cs typeface="Mulish"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1250" spc="-40" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+                <a:cs typeface="Mulish"/>
+              </a:rPr>
+              <a:t>SOLIDWORKS</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1250" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+                <a:cs typeface="Mulish"/>
+              </a:rPr>
+              <a:t>® </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcBef>
+                <a:spcPts val="100"/>
+              </a:spcBef>
+              <a:buSzPct val="150000"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1250" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+                <a:cs typeface="Mulish"/>
+              </a:rPr>
+              <a:t>CATIA V5+V6 to </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1250" spc="-40" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+                <a:cs typeface="Mulish"/>
+              </a:rPr>
+              <a:t>SOLIDWORKS</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1250" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+                <a:cs typeface="Mulish"/>
+              </a:rPr>
+              <a:t>® </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="fr-FR" sz="1250" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+                <a:cs typeface="Mulish"/>
+              </a:rPr>
+            </a:br>
+            <a:endParaRPr lang="fr-FR" sz="1250" spc="-10" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="accent1"/>
+              </a:solidFill>
+              <a:latin typeface="Mulish"/>
+              <a:cs typeface="Mulish"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="317500" indent="-317500">
+              <a:lnSpc>
+                <a:spcPts val="1340"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="100"/>
+              </a:spcBef>
+              <a:buSzPct val="150000"/>
+              <a:buBlip>
+                <a:blip r:embed="rId2"/>
+              </a:buBlip>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1250" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+                <a:cs typeface="Mulish"/>
+              </a:rPr>
+              <a:t>Fixed</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1250" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+                <a:cs typeface="Mulish"/>
+              </a:rPr>
+              <a:t> or </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1250" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+                <a:cs typeface="Mulish"/>
+              </a:rPr>
+              <a:t>floating</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1250" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+                <a:cs typeface="Mulish"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1250" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+                <a:cs typeface="Mulish"/>
+              </a:rPr>
+              <a:t>license</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1250" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+                <a:cs typeface="Mulish"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1250" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+                <a:cs typeface="Mulish"/>
+              </a:rPr>
+              <a:t>run </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="fr-FR" sz="1250" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+                <a:cs typeface="Mulish"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1250" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+                <a:cs typeface="Mulish"/>
+              </a:rPr>
+              <a:t>on a computer or a server </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPts val="1340"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="100"/>
+              </a:spcBef>
+              <a:buSzPct val="150000"/>
+            </a:pPr>
+            <a:endParaRPr lang="fr-FR" sz="1250" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="accent1"/>
+              </a:solidFill>
+              <a:latin typeface="Mulish"/>
+              <a:cs typeface="Mulish"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="317500" indent="-317500">
+              <a:lnSpc>
+                <a:spcPts val="1340"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="100"/>
+              </a:spcBef>
+              <a:buSzPct val="150000"/>
+              <a:buBlip>
+                <a:blip r:embed="rId2"/>
+              </a:buBlip>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1250" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+                <a:cs typeface="Mulish"/>
+              </a:rPr>
+              <a:t>Perpetual</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1250" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+                <a:cs typeface="Mulish"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1250" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+                <a:cs typeface="Mulish"/>
+              </a:rPr>
+              <a:t>license</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1250" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+                <a:cs typeface="Mulish"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1250" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+                <a:cs typeface="Mulish"/>
+              </a:rPr>
+              <a:t>purchased</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1250" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+                <a:cs typeface="Mulish"/>
+              </a:rPr>
+              <a:t> on line </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="fr-FR" sz="1250" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+                <a:cs typeface="Mulish"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1250" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+                <a:cs typeface="Mulish"/>
+              </a:rPr>
+              <a:t>or to </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1250" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+                <a:cs typeface="Mulish"/>
+              </a:rPr>
+              <a:t>your</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1250" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+                <a:cs typeface="Mulish"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1250" spc="-40" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+                <a:cs typeface="Mulish"/>
+              </a:rPr>
+              <a:t>SOLIDWORKS</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1250" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+                <a:cs typeface="Mulish"/>
+              </a:rPr>
+              <a:t>®</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1250" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+                <a:cs typeface="Mulish"/>
+              </a:rPr>
+              <a:t> reseller</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPts val="1340"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="100"/>
+              </a:spcBef>
+              <a:buSzPct val="150000"/>
+            </a:pPr>
+            <a:endParaRPr lang="fr-FR" sz="1250" spc="-10" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="accent1"/>
+              </a:solidFill>
+              <a:latin typeface="Mulish"/>
+              <a:cs typeface="Mulish"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="317500" indent="-317500">
+              <a:lnSpc>
+                <a:spcPts val="1340"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="100"/>
+              </a:spcBef>
+              <a:buSzPct val="150000"/>
+              <a:buBlip>
+                <a:blip r:embed="rId2"/>
+              </a:buBlip>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1250" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+              </a:rPr>
+              <a:t>Windows 7 / 8 / 10 / 11 (64 bits) compatible</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marR="137160">
+              <a:lnSpc>
+                <a:spcPts val="1340"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="60"/>
+              </a:spcBef>
+              <a:buSzPct val="150000"/>
+            </a:pPr>
+            <a:endParaRPr lang="fr-FR" sz="1250" b="1" spc="-10" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="accent1"/>
+              </a:solidFill>
+              <a:latin typeface="Mulish"/>
+              <a:cs typeface="Mulish"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="317500" marR="137160" indent="-317500">
+              <a:lnSpc>
+                <a:spcPts val="1340"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="60"/>
+              </a:spcBef>
+              <a:buSzPct val="150000"/>
+              <a:buBlip>
+                <a:blip r:embed="rId2"/>
+              </a:buBlip>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1250" b="1" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+                <a:cs typeface="Mulish"/>
+              </a:rPr>
+              <a:t>12 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1250" b="1" spc="-10" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+                <a:cs typeface="Mulish"/>
+              </a:rPr>
+              <a:t>month</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1250" b="1" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+                <a:cs typeface="Mulish"/>
+              </a:rPr>
+              <a:t> maintenance</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1250" b="1" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+                <a:cs typeface="Mulish"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1250" b="1" spc="-10" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+                <a:cs typeface="Mulish"/>
+              </a:rPr>
+              <a:t>contract</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1250" b="1" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+                <a:cs typeface="Mulish"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1250" b="1" spc="-10" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+                <a:cs typeface="Mulish"/>
+              </a:rPr>
+              <a:t>recommended</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1250" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+                <a:cs typeface="Mulish"/>
+              </a:rPr>
+              <a:t>  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1250" spc="-10" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+                <a:cs typeface="Mulish"/>
+              </a:rPr>
+              <a:t>including</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1250" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+                <a:cs typeface="Mulish"/>
+              </a:rPr>
+              <a:t> support and updates </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="object 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{36CC3433-4906-1FCA-DC2A-8A66DF893EFB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="504825"/>
+            <a:ext cx="3594100" cy="515526"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="468000" tIns="2540" rIns="0" bIns="0" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="12700" marR="97790">
+              <a:lnSpc>
+                <a:spcPts val="1960"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="20"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1800" b="1" spc="-50" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish-ExtraBold"/>
+                <a:cs typeface="Mulish-ExtraBold"/>
+              </a:rPr>
+              <a:t>Choose</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1800" b="1" spc="-50" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish-ExtraBold"/>
+                <a:cs typeface="Mulish-ExtraBold"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1800" b="1" spc="-50" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent3"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish-ExtraBold"/>
+                <a:cs typeface="Mulish-ExtraBold"/>
+              </a:rPr>
+              <a:t>the </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1800" b="1" spc="-50" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent3"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish-ExtraBold"/>
+                <a:cs typeface="Mulish-ExtraBold"/>
+              </a:rPr>
+              <a:t>offer</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1800" b="1" spc="-50" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent3"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish-ExtraBold"/>
+                <a:cs typeface="Mulish-ExtraBold"/>
+              </a:rPr>
+              <a:t> best</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="fr-FR" sz="1800" b="1" spc="-50" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent3"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish-ExtraBold"/>
+                <a:cs typeface="Mulish-ExtraBold"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1800" b="1" spc="-50" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent3"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish-ExtraBold"/>
+                <a:cs typeface="Mulish-ExtraBold"/>
+              </a:rPr>
+              <a:t>suited</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" spc="-50" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish-ExtraBold"/>
+                <a:cs typeface="Mulish-ExtraBold"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1800" b="1" spc="-50" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish-ExtraBold"/>
+                <a:cs typeface="Mulish-ExtraBold"/>
+              </a:rPr>
+              <a:t>to </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1800" b="1" spc="-50" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish-ExtraBold"/>
+                <a:cs typeface="Mulish-ExtraBold"/>
+              </a:rPr>
+              <a:t>your</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1800" b="1" spc="-50" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish-ExtraBold"/>
+                <a:cs typeface="Mulish-ExtraBold"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1800" b="1" spc="-50" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish-ExtraBold"/>
+                <a:cs typeface="Mulish-ExtraBold"/>
+              </a:rPr>
+              <a:t>environment</a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" sz="1800" spc="-50" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="accent1"/>
+              </a:solidFill>
+              <a:latin typeface="Mulish-ExtraBold"/>
+              <a:cs typeface="Mulish-ExtraBold"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="21" name="Groupe 20">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9C4BABCD-E3F3-DA10-E8F5-0D9173CF132B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="1491050" y="1141688"/>
+            <a:ext cx="612000" cy="69723"/>
+            <a:chOff x="5977421" y="5684190"/>
+            <a:chExt cx="571206" cy="69723"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="22" name="Rectangle 21">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{747F79FC-D714-5D41-60C6-C8F2C823AC1F}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="5977421" y="5686466"/>
+              <a:ext cx="468000" cy="36000"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:solidFill>
+              <a:schemeClr val="accent3"/>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="15000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:endParaRPr lang="fr-FR" dirty="0"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="23" name="Rectangle 22">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{384D8FB8-1ED0-354E-4EFA-77F1BD134886}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="6481617" y="5684190"/>
+              <a:ext cx="36000" cy="36000"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:solidFill>
+              <a:schemeClr val="accent3"/>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="15000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:endParaRPr lang="fr-FR"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="24" name="Rectangle 23">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A414CD4C-B598-227D-5682-96CFA909F604}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="6445421" y="5717913"/>
+              <a:ext cx="36000" cy="36000"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:solidFill>
+              <a:schemeClr val="accent3"/>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="15000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:endParaRPr lang="fr-FR"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="25" name="Ellipse 24">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B3A489E1-57E7-5E76-393B-57B67738F95E}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="6512627" y="5717127"/>
+              <a:ext cx="36000" cy="36000"/>
+            </a:xfrm>
+            <a:prstGeom prst="ellipse">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:solidFill>
+              <a:schemeClr val="accent2"/>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="15000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:endParaRPr lang="fr-FR"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Image 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{83904F74-2A98-235E-4DBB-639BF0014B8D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4793614" y="5350009"/>
+            <a:ext cx="1106172" cy="1106172"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Image 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BB7F415E-9CC9-4078-C6E3-7F2A54ABD976}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7480300" y="3816499"/>
+            <a:ext cx="3081534" cy="925156"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2918541176"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="object 17">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3CD1B0F9-6DB0-B177-1925-F0ED67B5C887}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -5289,189 +7457,137 @@
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish"/>
                 <a:cs typeface="Mulish"/>
               </a:rPr>
               <a:t> support and updates </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="object 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{09857413-F74C-991D-4230-233D99016103}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2984500" y="4388597"/>
-            <a:ext cx="4724400" cy="1208023"/>
+            <a:off x="2984500" y="5189647"/>
+            <a:ext cx="4724400" cy="579646"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="12700" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="12700" marR="5080" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="100"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="fr-FR" sz="2000" b="1" dirty="0">
+              <a:rPr lang="fr-FR" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent3"/>
                 </a:solidFill>
-                <a:latin typeface="Mulish-ExtraBold"/>
-[...4 lines deleted...]
-              <a:rPr lang="fr-FR" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Mulish" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>Read and </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="accent3"/>
                 </a:solidFill>
-                <a:latin typeface="Mulish-ExtraBold"/>
-[...3 lines deleted...]
-              <a:rPr lang="fr-FR" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Mulish" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>write</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent3"/>
                 </a:solidFill>
-                <a:latin typeface="Mulish-ExtraBold"/>
-[...20 lines deleted...]
-              <a:t> DATA</a:t>
+                <a:latin typeface="Mulish" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t> plugins </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="12700" marR="5080" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="100"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent3"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish" pitchFamily="2" charset="77"/>
               </a:rPr>
-              <a:t>Read and </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="fr-FR" dirty="0" err="1">
+              <a:t>for </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent3"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish" pitchFamily="2" charset="77"/>
               </a:rPr>
-              <a:t>write</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="fr-FR" dirty="0">
+              <a:t>SOLIDWORKS</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" spc="-10" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent3"/>
                 </a:solidFill>
+                <a:latin typeface="Mulish"/>
+              </a:rPr>
+              <a:t>®</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent3"/>
+                </a:solidFill>
                 <a:latin typeface="Mulish" pitchFamily="2" charset="77"/>
               </a:rPr>
-              <a:t> plug-ins </a:t>
-[...42 lines deleted...]
-              <a:t> 2010 to 2024</a:t>
+              <a:t> 2010 to 2026</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="object 87">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0E06684F-E63C-5EE4-31CB-C0EFA58D2136}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="287739" y="958911"/>
             <a:ext cx="2683217" cy="1059264"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
@@ -5685,51 +7801,51 @@
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish"/>
               </a:rPr>
               <a:t>our</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish"/>
               </a:rPr>
-              <a:t> plug-ins</a:t>
+              <a:t> plugins</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="fr-FR" sz="1400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish"/>
               </a:rPr>
               <a:t>for Rhino and </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish"/>
               </a:rPr>
@@ -6372,125 +8488,141 @@
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish"/>
                 <a:cs typeface="Mulish"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="29845" marR="110489">
               <a:lnSpc>
                 <a:spcPct val="130900"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="100"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish"/>
                 <a:cs typeface="Mulish"/>
               </a:rPr>
-              <a:t>UG NX 2D,  3D </a:t>
-[...19 lines deleted...]
-              <a:t> </a:t>
+              <a:t>UG NX 2D,  3D  </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Image 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA2F2B6B-60D2-D9EF-3ECB-C13B3AD37661}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="6337300" y="5839917"/>
             <a:ext cx="853443" cy="853443"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Image 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DEBA4973-EECF-20D3-61C8-1DA1D7973E25}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3652008" y="4079824"/>
+            <a:ext cx="3696629" cy="1109823"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="117764771"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="21" name="object 129">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{001650DA-F19D-267C-37B7-FD5E4FCE6E12}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -12077,91 +14209,93 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <TotalTime></TotalTime>
-  <Words>466</Words>
+  <Words>654</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Personnalisé</PresentationFormat>
-  <Paragraphs>69</Paragraphs>
-  <Slides>2</Slides>
+  <Paragraphs>92</Paragraphs>
+  <Slides>3</Slides>
   <Notes>1</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Polices utilisées</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>7</vt:i4>
+        <vt:i4>8</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Thème</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Titres des diapositives</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="10" baseType="lpstr">
+    <vt:vector size="12" baseType="lpstr">
+      <vt:lpstr>Google Sans</vt:lpstr>
+      <vt:lpstr>Mulish</vt:lpstr>
+      <vt:lpstr>Mulish SemiBold</vt:lpstr>
+      <vt:lpstr>Mulish-ExtraBold</vt:lpstr>
+      <vt:lpstr>Myriad Pro</vt:lpstr>
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
-      <vt:lpstr>Google Sans</vt:lpstr>
-[...2 lines deleted...]
-      <vt:lpstr>Myriad Pro</vt:lpstr>
       <vt:lpstr>Times New Roman</vt:lpstr>
       <vt:lpstr>Office Theme</vt:lpstr>
+      <vt:lpstr>Présentation PowerPoint</vt:lpstr>
       <vt:lpstr>Présentation PowerPoint</vt:lpstr>
       <vt:lpstr>Présentation PowerPoint</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>DTK_brochure_crosscadware copie</dc:title>
   <dc:creator>Christine FORTUNIER</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">