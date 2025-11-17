--- v0 (2025-10-03)
+++ v1 (2025-11-17)
@@ -132,63 +132,63 @@
             <a:ln>
               <a:noFill/>
             </a:ln>
           </a:bottom>
           <a:insideH>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </a:insideH>
           <a:insideV>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </a:insideV>
         </a:tcBdr>
         <a:fill>
           <a:noFill/>
         </a:fill>
       </a:tcStyle>
     </a:wholeTbl>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="5266"/>
     <p:restoredTop sz="94607"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr>
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="71" d="100"/>
           <a:sy n="71" d="100"/>
         </p:scale>
-        <p:origin x="1915" y="53"/>
+        <p:origin x="1915" y="43"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="100" d="100"/>
         <a:sy n="100" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
@@ -252,51 +252,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6057900" y="0"/>
             <a:ext cx="4632325" cy="379413"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{0D143EB3-2D03-2849-B448-BCAD4B4536D7}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>12/12/2024</a:t>
+              <a:t>15/09/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé de l'image des diapositives 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3543300" y="946150"/>
             <a:ext cx="3606800" cy="2551113"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -4376,59 +4376,59 @@
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
   <p:extLst>
     <p:ext uri="{27BBF7A9-308A-43DC-89C8-2F10F3537804}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
         <p15:guide id="1" pos="2264" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="2" pos="4472" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
   </p:extLst>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.datakit.com/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.datakit.com/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:solutions@datakit.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
@@ -6005,98 +6005,62 @@
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish SemiBold" pitchFamily="2" charset="77"/>
                 <a:cs typeface="Mulish-ExtraBold"/>
               </a:rPr>
               <a:t> UG NX 3D</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="62" name="object 182">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3C786B48-7833-C38C-A20B-DC41307064FA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7099300" y="4125346"/>
-            <a:ext cx="3594100" cy="951479"/>
+            <a:off x="7086600" y="4500456"/>
+            <a:ext cx="3594100" cy="476990"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="12700" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
-          <a:p>
-[...34 lines deleted...]
-          </a:p>
           <a:p>
             <a:pPr marL="12700" marR="5080" algn="ctr">
               <a:lnSpc>
                 <a:spcPts val="1760"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="100"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent3"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish" pitchFamily="2" charset="77"/>
               </a:rPr>
               <a:t>Read and </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="accent3"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish" pitchFamily="2" charset="77"/>
               </a:rPr>
@@ -6196,51 +6160,51 @@
             <a:r>
               <a:rPr lang="fr-FR" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="1600" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish"/>
               </a:rPr>
               <a:t>our</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish"/>
               </a:rPr>
-              <a:t> plug-ins</a:t>
+              <a:t> plugins</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="fr-FR" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="fr-FR" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish"/>
               </a:rPr>
               <a:t>for SolidWorks and</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="fr-FR" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish"/>
               </a:rPr>
@@ -6755,50 +6719,86 @@
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="3683000" y="4506619"/>
             <a:ext cx="3429000" cy="2286000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Image 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{722F68A4-AAB1-B17A-4D95-086966039944}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7625164" y="3815603"/>
+            <a:ext cx="2852934" cy="856524"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1169317552"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -7581,98 +7581,62 @@
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish SemiBold" pitchFamily="2" charset="77"/>
                 <a:cs typeface="Mulish-ExtraBold"/>
               </a:rPr>
               <a:t> UG NX 3D</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="object 182">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8164BA29-3D89-11D8-8DF1-2066FF85B685}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7086600" y="4010025"/>
-            <a:ext cx="3594100" cy="951479"/>
+            <a:off x="7116333" y="4467225"/>
+            <a:ext cx="3594100" cy="476990"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="12700" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
-          <a:p>
-[...34 lines deleted...]
-          </a:p>
           <a:p>
             <a:pPr marL="12700" marR="5080" algn="ctr">
               <a:lnSpc>
                 <a:spcPts val="1760"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="100"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent3"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish" pitchFamily="2" charset="77"/>
               </a:rPr>
               <a:t>Read and </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="accent3"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish" pitchFamily="2" charset="77"/>
               </a:rPr>
@@ -8563,51 +8527,51 @@
             <a:r>
               <a:rPr lang="fr-FR" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="1600" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish"/>
               </a:rPr>
               <a:t>our</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish"/>
               </a:rPr>
-              <a:t> plug-ins</a:t>
+              <a:t> plugins</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="fr-FR" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="fr-FR" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish"/>
               </a:rPr>
               <a:t>for SolidWorks and</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="fr-FR" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish"/>
               </a:rPr>
@@ -9122,50 +9086,86 @@
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="4171951" y="5076825"/>
             <a:ext cx="2349498" cy="1566332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="14" name="Image 13">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{07133D3A-9440-10E7-A65B-22179329A9D2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7861300" y="3923267"/>
+            <a:ext cx="2349498" cy="705380"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2918541176"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -10738,98 +10738,62 @@
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish"/>
                 <a:cs typeface="Mulish"/>
               </a:rPr>
               <a:t> UG NX 3D</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="object 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{09857413-F74C-991D-4230-233D99016103}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2984500" y="4801567"/>
-            <a:ext cx="4724400" cy="1115690"/>
+            <a:off x="2979271" y="5263811"/>
+            <a:ext cx="4724400" cy="641201"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="12700" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
-          <a:p>
-[...34 lines deleted...]
-          </a:p>
           <a:p>
             <a:pPr marL="12700" marR="5080" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="100"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent3"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish" pitchFamily="2" charset="77"/>
               </a:rPr>
               <a:t>Read and </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="2000" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="accent3"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish" pitchFamily="2" charset="77"/>
               </a:rPr>
               <a:t>write</a:t>
             </a:r>
             <a:r>
@@ -11093,51 +11057,51 @@
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish"/>
               </a:rPr>
               <a:t>our</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish"/>
               </a:rPr>
-              <a:t> plug-ins</a:t>
+              <a:t> plugins</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="fr-FR" sz="1400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish"/>
               </a:rPr>
               <a:t>for SolidWorks and</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="fr-FR" sz="1400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish"/>
               </a:rPr>
@@ -11434,50 +11398,86 @@
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2C496284-F0C4-272D-4016-9565C4E22A7B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId4">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect r="2797"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="3526580" y="5922977"/>
             <a:ext cx="3640241" cy="1211248"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Image 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C7576E08-DB75-42D3-A8CF-FD70190430DB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3915205" y="4326928"/>
+            <a:ext cx="3120595" cy="936883"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="117764771"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
@@ -17288,54 +17288,54 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <TotalTime></TotalTime>
-  <Words>1045</Words>
+  <Words>1027</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Personnalisé</PresentationFormat>
-  <Paragraphs>111</Paragraphs>
+  <Paragraphs>108</Paragraphs>
   <Slides>4</Slides>
   <Notes>3</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Polices utilisées</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>7</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Thème</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Titres des diapositives</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>