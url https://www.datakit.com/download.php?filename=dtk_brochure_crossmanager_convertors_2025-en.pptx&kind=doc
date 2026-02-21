--- v0 (2025-10-03)
+++ v1 (2026-02-21)
@@ -1,51 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/changesInfos/changesInfo1.xml" ContentType="application/vnd.ms-powerpoint.changesinfo+xml"/>
   <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
     <p:notesMasterId r:id="rId6"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="260" r:id="rId2"/>
     <p:sldId id="264" r:id="rId3"/>
     <p:sldId id="262" r:id="rId4"/>
     <p:sldId id="261" r:id="rId5"/>
   </p:sldIdLst>
@@ -136,91 +135,70 @@
             </a:ln>
           </a:insideV>
         </a:tcBdr>
         <a:fill>
           <a:noFill/>
         </a:fill>
       </a:tcStyle>
     </a:wholeTbl>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr>
     <p:restoredLeft sz="7429"/>
     <p:restoredTop sz="94607"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr>
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="71" d="100"/>
           <a:sy n="71" d="100"/>
         </p:scale>
-        <p:origin x="1819" y="53"/>
+        <p:origin x="1819" y="43"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="100" d="100"/>
         <a:sy n="100" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId12" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId11" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
-[...20 lines deleted...]
-</pc:chgInfo>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId11" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
@@ -265,51 +243,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6057900" y="0"/>
             <a:ext cx="4632325" cy="379413"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{0D143EB3-2D03-2849-B448-BCAD4B4536D7}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>10/12/2024</a:t>
+              <a:t>18/09/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé de l'image des diapositives 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3543300" y="946150"/>
             <a:ext cx="3606800" cy="2551113"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -4147,98 +4125,98 @@
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
   <p:extLst>
     <p:ext uri="{27BBF7A9-308A-43DC-89C8-2F10F3537804}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
         <p15:guide id="1" pos="2264" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="2" pos="4472" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
   </p:extLst>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.datakit.com/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.datakit.com/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="object 9">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C66D85AC-8F6E-D758-0448-6630392BC900}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="1624702"/>
-            <a:ext cx="3594100" cy="3528323"/>
+            <a:ext cx="3594100" cy="3707859"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="468000" tIns="14400" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="317500" indent="-317500">
               <a:lnSpc>
                 <a:spcPts val="1420"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="100"/>
               </a:spcBef>
               <a:buSzPct val="150000"/>
               <a:buBlip>
                 <a:blip r:embed="rId3"/>
               </a:buBlip>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" sz="1300" b="1" dirty="0">
@@ -4755,71 +4733,51 @@
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish"/>
                 <a:cs typeface="Mulish"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="1300" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish"/>
                 <a:cs typeface="Mulish"/>
               </a:rPr>
               <a:t>with</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="1300" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish"/>
                 <a:cs typeface="Mulish"/>
               </a:rPr>
-              <a:t> the </a:t>
-[...19 lines deleted...]
-              <a:t> Advanced version,</a:t>
+              <a:t> the Cross-Manager Advanced version,</a:t>
             </a:r>
             <a:endParaRPr lang="fr-FR" sz="1300" spc="-10" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1"/>
               </a:solidFill>
               <a:latin typeface="Mulish"/>
               <a:cs typeface="Mulish"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="317500" marR="137160" indent="-317500">
               <a:lnSpc>
                 <a:spcPts val="1400"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="60"/>
               </a:spcBef>
               <a:buSzPct val="150000"/>
               <a:buBlip>
                 <a:blip r:embed="rId3"/>
               </a:buBlip>
             </a:pPr>
             <a:endParaRPr lang="fr-FR" sz="1300" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1"/>
@@ -4837,51 +4795,51 @@
                 <a:spcPts val="60"/>
               </a:spcBef>
               <a:buSzPct val="150000"/>
               <a:buBlip>
                 <a:blip r:embed="rId3"/>
               </a:buBlip>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" sz="1300" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish"/>
                 <a:cs typeface="Mulish"/>
               </a:rPr>
               <a:t>Choice</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="1300" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish"/>
                 <a:cs typeface="Mulish"/>
               </a:rPr>
-              <a:t> of 8 </a:t>
+              <a:t> of 9 </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="1300" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish"/>
                 <a:cs typeface="Mulish"/>
               </a:rPr>
               <a:t>languages</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="1300" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish"/>
                 <a:cs typeface="Mulish"/>
               </a:rPr>
               <a:t>: </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="fr-FR" sz="1300" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
@@ -4956,50 +4914,70 @@
                 </a:solidFill>
                 <a:latin typeface="Mulish"/>
                 <a:cs typeface="Mulish"/>
               </a:rPr>
               <a:t>Russian</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="1300" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish"/>
                 <a:cs typeface="Mulish"/>
               </a:rPr>
               <a:t>, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="1300" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish"/>
                 <a:cs typeface="Mulish"/>
               </a:rPr>
               <a:t>Korean</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1300" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+                <a:cs typeface="Mulish"/>
+              </a:rPr>
+              <a:t> and </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1300" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+                <a:cs typeface="Mulish"/>
+              </a:rPr>
+              <a:t>Japanese</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="1300" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish"/>
                 <a:cs typeface="Mulish"/>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="object 182">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ADA8D757-A2C5-AC56-059C-C885F3F220DB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
@@ -5455,81 +5433,62 @@
             </a:r>
             <a:endParaRPr sz="1100" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1"/>
               </a:solidFill>
               <a:latin typeface="Mulish SemiBold" pitchFamily="2" charset="77"/>
               <a:cs typeface="Mulish-ExtraBold"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="62" name="object 182">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3C786B48-7833-C38C-A20B-DC41307064FA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7099300" y="4467225"/>
-            <a:ext cx="3594100" cy="718145"/>
+            <a:off x="7069866" y="4858072"/>
+            <a:ext cx="3594100" cy="474489"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="12700" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
-          <a:p>
-[...17 lines deleted...]
-          </a:p>
           <a:p>
             <a:pPr marL="12700" marR="5080" algn="ctr">
               <a:lnSpc>
                 <a:spcPts val="1760"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="100"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" sz="1600" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="accent3"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish" pitchFamily="2" charset="77"/>
               </a:rPr>
               <a:t>Hundreds</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent3"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish" pitchFamily="2" charset="77"/>
               </a:rPr>
@@ -5627,51 +5586,51 @@
             <a:r>
               <a:rPr lang="fr-FR" sz="1800" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="1800" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish"/>
               </a:rPr>
               <a:t>our</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="1800" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish"/>
               </a:rPr>
-              <a:t> plugins</a:t>
+              <a:t> Plugins</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="fr-FR" sz="1800" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="fr-FR" sz="1800" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish"/>
               </a:rPr>
               <a:t>for Rhino and SolidWorks.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="ctr">
               <a:lnSpc>
                 <a:spcPts val="2040"/>
               </a:lnSpc>
             </a:pPr>
@@ -6088,50 +6047,86 @@
             <a:lnRef idx="2">
               <a:schemeClr val="accent1">
                 <a:shade val="15000"/>
               </a:schemeClr>
             </a:lnRef>
             <a:fillRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:endParaRPr lang="fr-FR"/>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Image 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F0CA5D0B-0E27-3533-86BC-ADEE7DA9AA78}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7708900" y="4010025"/>
+            <a:ext cx="2824700" cy="848047"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1169317552"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -6577,81 +6572,62 @@
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish SemiBold" pitchFamily="2" charset="77"/>
                 <a:cs typeface="Mulish-ExtraBold"/>
               </a:rPr>
               <a:t> STL…</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="17" name="object 182">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1BF62596-B2C7-3039-9DD5-CF8B7D0EF362}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7099300" y="4467225"/>
-            <a:ext cx="3594100" cy="730969"/>
+            <a:off x="7099300" y="4914177"/>
+            <a:ext cx="3594100" cy="477695"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="12700" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
-          <a:p>
-[...17 lines deleted...]
-          </a:p>
           <a:p>
             <a:pPr marL="12700" marR="5080" algn="ctr">
               <a:lnSpc>
                 <a:spcPts val="1760"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="100"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" sz="1800" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="accent3"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish" pitchFamily="2" charset="77"/>
               </a:rPr>
               <a:t>Hundreds</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent3"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish" pitchFamily="2" charset="77"/>
               </a:rPr>
@@ -7526,51 +7502,51 @@
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="1700" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish"/>
               </a:rPr>
               <a:t>our</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="fr-FR" sz="1700" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="fr-FR" sz="1700" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish"/>
               </a:rPr>
-              <a:t>Plug-ins </a:t>
+              <a:t>Plugins </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="1700" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish"/>
               </a:rPr>
               <a:t>dedicated</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="1700" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish"/>
               </a:rPr>
               <a:t> to</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="fr-FR" sz="1700" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish"/>
@@ -7967,50 +7943,86 @@
             <a:lnRef idx="2">
               <a:schemeClr val="accent1">
                 <a:shade val="15000"/>
               </a:schemeClr>
             </a:lnRef>
             <a:fillRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:endParaRPr lang="fr-FR"/>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Image 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7E809EC5-29B9-8F64-40A6-658B8E82BA50}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7632700" y="4105423"/>
+            <a:ext cx="2802516" cy="841387"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2918541176"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -8257,51 +8269,51 @@
             <a:endParaRPr sz="1600" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
               <a:latin typeface="Mulish"/>
               <a:cs typeface="Mulish"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="15" name="object 9">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{659C95BF-68E5-72AE-4C7D-0F05B7BA9D03}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="2562225"/>
-            <a:ext cx="2984500" cy="4426005"/>
+            <a:ext cx="2984500" cy="4246468"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="360000" tIns="14400" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="317500" indent="-317500">
               <a:lnSpc>
                 <a:spcPts val="1420"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="100"/>
               </a:spcBef>
               <a:buSzPct val="150000"/>
               <a:buBlip>
                 <a:blip r:embed="rId3"/>
               </a:buBlip>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" sz="1300" b="1" dirty="0">
@@ -8837,71 +8849,51 @@
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish"/>
                 <a:cs typeface="Mulish"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="1300" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish"/>
                 <a:cs typeface="Mulish"/>
               </a:rPr>
               <a:t>with</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="1300" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish"/>
                 <a:cs typeface="Mulish"/>
               </a:rPr>
-              <a:t> the </a:t>
-[...19 lines deleted...]
-              <a:t> Advanced version,</a:t>
+              <a:t> the Cross-Manager Advanced version,</a:t>
             </a:r>
             <a:endParaRPr lang="fr-FR" sz="1300" spc="-10" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1"/>
               </a:solidFill>
               <a:latin typeface="Mulish"/>
               <a:cs typeface="Mulish"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="317500" marR="137160" indent="-317500">
               <a:lnSpc>
                 <a:spcPts val="1400"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="60"/>
               </a:spcBef>
               <a:buSzPct val="150000"/>
               <a:buBlip>
                 <a:blip r:embed="rId3"/>
               </a:buBlip>
             </a:pPr>
             <a:endParaRPr lang="fr-FR" sz="1300" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1"/>
@@ -8919,51 +8911,51 @@
                 <a:spcPts val="60"/>
               </a:spcBef>
               <a:buSzPct val="150000"/>
               <a:buBlip>
                 <a:blip r:embed="rId3"/>
               </a:buBlip>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" sz="1300" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish"/>
                 <a:cs typeface="Mulish"/>
               </a:rPr>
               <a:t>Choice</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="1300" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish"/>
                 <a:cs typeface="Mulish"/>
               </a:rPr>
-              <a:t> of 8 </a:t>
+              <a:t> of 9 </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="1300" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish"/>
                 <a:cs typeface="Mulish"/>
               </a:rPr>
               <a:t>languages</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="1300" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish"/>
                 <a:cs typeface="Mulish"/>
               </a:rPr>
               <a:t>: </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="fr-FR" sz="1300" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
@@ -9038,50 +9030,70 @@
                 </a:solidFill>
                 <a:latin typeface="Mulish"/>
                 <a:cs typeface="Mulish"/>
               </a:rPr>
               <a:t>Russian</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="1300" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish"/>
                 <a:cs typeface="Mulish"/>
               </a:rPr>
               <a:t>, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="1300" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish"/>
                 <a:cs typeface="Mulish"/>
               </a:rPr>
               <a:t>Korean</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1300" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+                <a:cs typeface="Mulish"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="1300" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Mulish"/>
+                <a:cs typeface="Mulish"/>
+              </a:rPr>
+              <a:t>Japanese</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="1300" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish"/>
                 <a:cs typeface="Mulish"/>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="object 88">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{47BA8D4D-1397-57B0-FD7D-0140DFD3AB07}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
@@ -9696,89 +9708,62 @@
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish"/>
                 <a:cs typeface="Mulish"/>
               </a:rPr>
               <a:t>STL…</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="object 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{09857413-F74C-991D-4230-233D99016103}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2984500" y="4766896"/>
-            <a:ext cx="4724400" cy="875240"/>
+            <a:off x="3136900" y="5134291"/>
+            <a:ext cx="4724400" cy="567463"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="12700" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
-          <a:p>
-[...25 lines deleted...]
-          </a:p>
           <a:p>
             <a:pPr marL="12700" marR="5080" algn="ctr">
               <a:lnSpc>
                 <a:spcPts val="2200"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="40"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" sz="1800" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="F15F29"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish-SemiBold"/>
                 <a:cs typeface="Mulish-SemiBold"/>
               </a:rPr>
               <a:t>Hundreds</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="F15F29"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish-SemiBold"/>
@@ -10064,51 +10049,51 @@
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish"/>
                 <a:cs typeface="Mulish"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" b="1" spc="-25" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish"/>
                 <a:cs typeface="Mulish"/>
               </a:rPr>
               <a:t>our</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" b="1" spc="-25" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish"/>
                 <a:cs typeface="Mulish"/>
               </a:rPr>
-              <a:t> plugins</a:t>
+              <a:t> Plugins</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="fr-FR" sz="1400" b="1" spc="-25" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish"/>
                 <a:cs typeface="Mulish"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="fr-FR" sz="1400" b="1" spc="-25" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish"/>
                 <a:cs typeface="Mulish"/>
               </a:rPr>
               <a:t>for Rhino and SolidWorks.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="29845" marR="60960" algn="ctr">
               <a:lnSpc>
                 <a:spcPts val="1680"/>
@@ -10382,50 +10367,86 @@
             <a:lnRef idx="2">
               <a:schemeClr val="accent1">
                 <a:shade val="15000"/>
               </a:schemeClr>
             </a:lnRef>
             <a:fillRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:endParaRPr lang="fr-FR"/>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Image 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F1098127-8335-E77F-6089-0F27789758A8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3844033" y="4261801"/>
+            <a:ext cx="3310134" cy="993787"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="117764771"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -15819,54 +15840,54 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <TotalTime></TotalTime>
-  <Words>676</Words>
+  <Words>677</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Personnalisé</PresentationFormat>
-  <Paragraphs>89</Paragraphs>
+  <Paragraphs>86</Paragraphs>
   <Slides>4</Slides>
   <Notes>2</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Polices utilisées</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>7</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Thème</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Titres des diapositives</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>